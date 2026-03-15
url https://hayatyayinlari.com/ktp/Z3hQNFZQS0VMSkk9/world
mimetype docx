--- v1 (2026-01-29)
+++ v2 (2026-03-15)
@@ -260,50 +260,78 @@
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISBN No: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9786051516080</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Etiket Fiyatı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">250,00 TL</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Yayın Koordinatörü: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Erol Şahnacı</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Editör: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recep Fatih Şafak</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Editör Görevlisi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recep Fatih Şafak</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mizanpajcı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>