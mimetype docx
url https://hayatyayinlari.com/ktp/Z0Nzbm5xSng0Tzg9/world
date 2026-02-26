--- v0 (2026-01-11)
+++ v1 (2026-02-26)
@@ -269,50 +269,118 @@
               <w:t xml:space="preserve">230,00 TL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kitap Tanıtım Yazısı : (Arka Kapak)</w:t>
             </w:r>
           </w:p>
           <w:p/>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Kendinizi ve çevrenizdekileri daha yakından tanımak için…</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Kim istemez kendi öz kişiliğinde göremediklerini öğrenmek?</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">- Eksiklerini, yeteneklerini, eğilimlerini, zayıf ve güçlü yönlerini bilmek…</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">- Başarılı olacağı girişimlerde bulunmak…</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">- Başarısız olacaklarından uzak durmak…</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">- Uyum sağlayacağı kişi ve çevreleri bilip onlarla doğru ilişkiler kurmak…</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">- Dostlarını bilinmeyen yönleriyle tanımak…</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">- Çevresindeki kişilerin içyüzlerini görmek…</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">- İnsanları tanımak, öğrenmek, yön vermek ve yönetmek…</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">- Sosyal ilişkilerinde bilinçli ve kararlı davranmak…</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Psikolog Tuncel Altınköprü, İnsan Tanıma Sanatı serisini işte bu amaçla kaleme aldı.  Şahsiyet ve Karakter Analizi’nde insanın psikolojik yapısını konu alan bütün önemli kuramları bir araya toplamayı amaçlayan yazar serinin diğer kitapları olan; Beden ve Yüz Yapısı ile Karakter Analizi,  El Yazısı ile Karakter Analizi ve Psikolojik Testler ile Karakter Analizi’ni de okurlarının yararına sunuyor.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">İnsanı Tanıma Sanatı’yla kendinizi ve çevrenizdekileri daha yakından tanıma fırsatını bulacaksınız.</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitabın detay sayfasına buradan ulaşabilirsiniz : </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>