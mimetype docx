--- v1 (2025-11-27)
+++ v2 (2026-01-12)
@@ -126,50 +126,64 @@
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitap Dili: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Türkçe</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">Eser Tipi: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Orjinal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">İç Sayfa: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">HOLMEN SB 65</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BRISTOL  230</w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -232,50 +246,64 @@
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISBN No: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9789758364251</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Etiket Fiyatı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">450,00 TL</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Mizanpajcı: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Feyzanur Sınar</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kitap Tanıtım Yazısı : (Arka Kapak)</w:t>
             </w:r>
           </w:p>
           <w:p/>
           <w:p>