--- v2 (2026-02-12)
+++ v3 (2026-03-29)
@@ -190,50 +190,64 @@
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">İç Sayfa: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kitap kağıdı Tek renk 65 gr</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bristol Amerikan cilt 230 gr</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Yan Kapak: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">YOK</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Selefon Türü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mat selofan + Kabartma lak</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Basım Tarihi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>