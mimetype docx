--- v2 (2026-01-11)
+++ v3 (2026-02-26)
@@ -269,50 +269,63 @@
               <w:t xml:space="preserve">300,00 TL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kitap Tanıtım Yazısı : (Arka Kapak)</w:t>
             </w:r>
           </w:p>
           <w:p/>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Anneler, babalar ve öğretmeler! Çocuğunuzu tanımak, Yetenek ve becerilerini oyunla geliştirmek,Ahlaki değerlerin tohumunu atmak,Sorumluluk duygusunu aşılamak,Sevgiyi filizlendirip saygıyı yeşertmek,Yaşama sevincini kökleştirmek,Arkadaşlık kurma ve sürdürme yeteneğini kazandırmak,Duygusal gizlerinin sırdaşı, sorunlarının yardımcısı olmak,Onu okul öncesinden okula hazırlamak,Okulda ve yaşamda başarılı kılmak,İstiyorsanuz rehber niteliğindeki bu kitabı mutlaka okumalısınız!</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitabın detay sayfasına buradan ulaşabilirsiniz : </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>